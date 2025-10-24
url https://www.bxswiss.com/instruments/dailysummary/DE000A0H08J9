--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda40a55e5aa74aba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d5ca0da5bb647e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fae287878564657"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1175afca63f4501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re50df4a2970b4af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fae287878564657" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94ae4ff097b344a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1175afca63f4501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Industrial Goods &amp; Services UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>105,517</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,102</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...354 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,258</x:t>
-[...9 lines deleted...]
-          <x:t>109,102</x:t>
+          <x:t>109,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>