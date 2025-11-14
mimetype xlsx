--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d5ca0da5bb647e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d9956c91674212" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1175afca63f4501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5363449ab0d54ee8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94ae4ff097b344a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1175afca63f4501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23a6715011d04786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5363449ab0d54ee8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Industrial Goods &amp; Services UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,258</x:t>
-[...440 lines deleted...]
-        <x:is>
           <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>