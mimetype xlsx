--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d9956c91674212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86b78a5353ad476e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5363449ab0d54ee8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97dd547728624a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23a6715011d04786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5363449ab0d54ee8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3160e329c75940fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97dd547728624a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Industrial Goods &amp; Services UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>105,835</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>