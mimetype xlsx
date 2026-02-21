--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86b78a5353ad476e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03483638ff534905" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97dd547728624a7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3180480e13b4b66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3160e329c75940fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97dd547728624a7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6322487c13ec46a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3180480e13b4b66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Industrial Goods &amp; Services UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>114,530</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>