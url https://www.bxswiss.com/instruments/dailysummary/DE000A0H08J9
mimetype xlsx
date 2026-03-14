--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03483638ff534905" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e8def1225cf4ec8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3180480e13b4b66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R423879b7441941b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6322487c13ec46a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3180480e13b4b66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550bab462073401e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R423879b7441941b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Industrial Goods &amp; Services UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>