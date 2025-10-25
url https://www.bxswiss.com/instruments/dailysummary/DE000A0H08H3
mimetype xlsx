--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98cfa7e0858a4093" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0191ddcc2e649c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33e15dcc24db42da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbbe004a3ded40a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73b2127e4dc74d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33e15dcc24db42da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59d9dddfd3d34861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbbe004a3ded40a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Food &amp; Beverage UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08H3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>60,194</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,093</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>59,751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,898</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>