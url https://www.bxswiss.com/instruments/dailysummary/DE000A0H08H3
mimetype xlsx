--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0191ddcc2e649c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32b8305167f04fb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbbe004a3ded40a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R514fdcd1a9494e1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59d9dddfd3d34861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbbe004a3ded40a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c12879b4994e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R514fdcd1a9494e1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Food &amp; Beverage UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08H3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>