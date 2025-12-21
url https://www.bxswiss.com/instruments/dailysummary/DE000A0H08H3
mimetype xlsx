--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32b8305167f04fb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R078e9b0eb7a94f1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R514fdcd1a9494e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra97aa3d5f5fd4b1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c12879b4994e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R514fdcd1a9494e1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3344e3798a9e4875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra97aa3d5f5fd4b1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Food &amp; Beverage UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08H3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>62,790</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,168</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>63,340</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>