--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R078e9b0eb7a94f1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04dc6c8b845c4634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra97aa3d5f5fd4b1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22a7266873744ad6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3344e3798a9e4875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra97aa3d5f5fd4b1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R805d90831a2240d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22a7266873744ad6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Food &amp; Beverage UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08H3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,639</x:t>
-[...134 lines deleted...]
-          <x:t>62,209</x:t>
+          <x:t>62,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,637</x:t>
-[...269 lines deleted...]
-          <x:t>62,512</x:t>
+          <x:t>60,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>