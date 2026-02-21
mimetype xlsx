--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04dc6c8b845c4634" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96df78477f2b463b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22a7266873744ad6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb5945d304a84a4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R805d90831a2240d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22a7266873744ad6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R220fd78612f84835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb5945d304a84a4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Food &amp; Beverage UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08H3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>61,303</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>