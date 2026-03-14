--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96df78477f2b463b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R561647b59df84e41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb5945d304a84a4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R062b0d5b152c4b5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R220fd78612f84835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb5945d304a84a4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bbcc2c121bc4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R062b0d5b152c4b5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Food &amp; Beverage UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08H3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>