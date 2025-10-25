--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R103eb27818344118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48211063b1148f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b924eed003427b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152ca7f3c84e463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R661b4ba4d536448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b924eed003427b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9f1201fdd284986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152ca7f3c84e463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Financial Services UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08G5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>