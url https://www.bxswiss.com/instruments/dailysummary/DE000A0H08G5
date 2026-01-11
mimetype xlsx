--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48211063b1148f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd7290fd4f4439f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152ca7f3c84e463e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccfb8d5e483b4e40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9f1201fdd284986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152ca7f3c84e463e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2debcba5ec61482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccfb8d5e483b4e40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Financial Services UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08G5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>86,867</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>