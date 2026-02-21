--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd7290fd4f4439f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R693023ad65dc4722" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccfb8d5e483b4e40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca5166ad13bf4246"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2debcba5ec61482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccfb8d5e483b4e40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb0d422c812441a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca5166ad13bf4246" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Financial Services UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08G5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>91,047</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>