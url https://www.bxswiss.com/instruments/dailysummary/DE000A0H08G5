--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R693023ad65dc4722" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777cb32a791140ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca5166ad13bf4246"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcc2235500964654"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb0d422c812441a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca5166ad13bf4246" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c7f1b62869498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcc2235500964654" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Financial Services UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08G5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>