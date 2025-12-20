--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78b8f1843ce8457c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R788a0a4c981d47c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e8b633bcca7401a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2d681c5bb124895"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4bdd10e4e6f4ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e8b633bcca7401a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86b9e9f063c94c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2d681c5bb124895" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Construction &amp; Materials UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,295</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>