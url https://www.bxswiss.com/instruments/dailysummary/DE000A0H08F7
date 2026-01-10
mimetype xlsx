--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R788a0a4c981d47c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ecffbdbdc2741ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2d681c5bb124895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d3523471364264"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86b9e9f063c94c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2d681c5bb124895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016371d8d6584478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d3523471364264" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Construction &amp; Materials UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,635 +149,230 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>86,771</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,572</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...209 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,306</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>