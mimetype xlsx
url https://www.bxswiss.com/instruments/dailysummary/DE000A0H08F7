--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ecffbdbdc2741ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93bb3888c97f4952" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d3523471364264"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a88041d8364421"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016371d8d6584478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d3523471364264" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R434c0477992943cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a88041d8364421" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Construction &amp; Materials UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>90,628</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>