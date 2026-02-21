--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93bb3888c97f4952" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72508be76e3244c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a88041d8364421"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf9268ae37e4cd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R434c0477992943cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a88041d8364421" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb87a32f042484476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf9268ae37e4cd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Construction &amp; Materials UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>