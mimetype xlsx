--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72508be76e3244c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20cc0f86cc884692" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf9268ae37e4cd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11b873e558904fc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb87a32f042484476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf9268ae37e4cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b81133526164b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11b873e558904fc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Construction &amp; Materials UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>90,400</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,916</x:t>
-[...355 lines deleted...]
-          <x:t>95,762</x:t>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>