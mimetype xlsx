--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd769d2bdfd64a27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd04973a9e3c64b97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf4d4672844f4c03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R365d682f4ebf4103"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ab2ea459e1f42f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf4d4672844f4c03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd547f4bb8a094f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R365d682f4ebf4103" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Chemicals UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>