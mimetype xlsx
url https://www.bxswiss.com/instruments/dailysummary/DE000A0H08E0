--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd04973a9e3c64b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1968ff1e8130455c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R365d682f4ebf4103"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b2ca4ac2e544a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd547f4bb8a094f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R365d682f4ebf4103" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8e3e3cabca04c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b2ca4ac2e544a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Chemicals UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,473 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>111,716</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,970</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...344 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,506</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>