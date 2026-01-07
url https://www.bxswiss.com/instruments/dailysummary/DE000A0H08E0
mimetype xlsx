--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1968ff1e8130455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d0bd82eade487a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b2ca4ac2e544a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref6b377761044c10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8e3e3cabca04c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b2ca4ac2e544a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d82eb68b344239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref6b377761044c10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Chemicals UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,624</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>