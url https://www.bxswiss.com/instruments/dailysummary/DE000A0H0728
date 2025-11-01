--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88a5bd3e2dbc42ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recb563b9e534471b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a5d405fb7dd4116"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recc398eb57d44635"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f737b07ef8f45db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a5d405fb7dd4116" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c9ef77aa084e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recc398eb57d44635" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Diversified Commodity Swap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H0728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,446 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>25,126</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,326</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...290 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,386</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>