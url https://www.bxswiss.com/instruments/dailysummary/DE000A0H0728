--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recb563b9e534471b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f3a421985da4c6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recc398eb57d44635"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f78c0bec7142dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c9ef77aa084e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recc398eb57d44635" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R253b729b66a14cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f78c0bec7142dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Diversified Commodity Swap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H0728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>26,550</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>