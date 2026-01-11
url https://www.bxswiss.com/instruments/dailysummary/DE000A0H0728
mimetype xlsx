--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f3a421985da4c6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c02cde72bc4f87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f78c0bec7142dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d19d6fb6f99460e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R253b729b66a14cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f78c0bec7142dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec60f2956788486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d19d6fb6f99460e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Diversified Commodity Swap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H0728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>