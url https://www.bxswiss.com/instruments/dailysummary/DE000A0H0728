--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c02cde72bc4f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf67ddaa56e49f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d19d6fb6f99460e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re62187b872574178"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec60f2956788486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d19d6fb6f99460e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaec0a4ef2b54f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re62187b872574178" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Diversified Commodity Swap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H0728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>27,873</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>