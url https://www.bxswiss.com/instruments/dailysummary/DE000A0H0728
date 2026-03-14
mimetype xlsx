--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf67ddaa56e49f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R210a476fd08540b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re62187b872574178"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ae9d645cb3941ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaec0a4ef2b54f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re62187b872574178" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1849de68a7c4390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ae9d645cb3941ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Diversified Commodity Swap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H0728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,271</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>