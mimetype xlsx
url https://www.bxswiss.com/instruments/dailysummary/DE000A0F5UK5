--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbea2c87d29324e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64655c8ba0564674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b2b596e8a5c4ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re658309fddd2469d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ced9bddb054277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b2b596e8a5c4ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d684124ab19469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re658309fddd2469d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Basic Resources UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>