--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64655c8ba0564674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3437e6707664c9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re658309fddd2469d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfb44ba3cdc94a1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d684124ab19469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re658309fddd2469d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R078b52dfcc814aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfb44ba3cdc94a1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Basic Resources UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>58,045</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,724</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>59,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>