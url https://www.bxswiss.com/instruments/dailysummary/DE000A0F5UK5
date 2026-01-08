--- v2 (2025-11-14)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3437e6707664c9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89282b3136044750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfb44ba3cdc94a1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3c8fab403594da4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R078b52dfcc814aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfb44ba3cdc94a1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re37a8dd6789c4988" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3c8fab403594da4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Basic Resources UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>60,751</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>