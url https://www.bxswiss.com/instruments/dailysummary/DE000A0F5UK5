--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89282b3136044750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b93cb00f1594284" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3c8fab403594da4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8cac4547ef455a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re37a8dd6789c4988" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3c8fab403594da4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2d7fee85512435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8cac4547ef455a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Basic Resources UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>70,292</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>