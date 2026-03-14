--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b93cb00f1594284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf77bc859505f495b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8cac4547ef455a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fc7bda111af4fa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2d7fee85512435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8cac4547ef455a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R545f807b256847b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fc7bda111af4fa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Basic Resources UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,052</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>