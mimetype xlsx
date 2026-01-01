--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c3f3a0c8c084420" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read853136a3745cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81d87764ef1d4ea5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d901083d6d4171"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f0804c7c0ea4e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81d87764ef1d4ea5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe89864e1eb9477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d901083d6d4171" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Banks UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>28,860</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>