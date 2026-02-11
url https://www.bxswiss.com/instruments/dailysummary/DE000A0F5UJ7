--- v1 (2026-01-01)
+++ v2 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read853136a3745cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba643d302044007" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d901083d6d4171"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1f41ad5dee46e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe89864e1eb9477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d901083d6d4171" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeb20f36567947d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1f41ad5dee46e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Banks UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>32,736</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>