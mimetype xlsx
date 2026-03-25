--- v2 (2026-02-11)
+++ v3 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba643d302044007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd62a40b8c3414ca5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1f41ad5dee46e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35bbacd4fe3a4f31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeb20f36567947d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1f41ad5dee46e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4884373f33394f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35bbacd4fe3a4f31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Banks UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>33,581</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>