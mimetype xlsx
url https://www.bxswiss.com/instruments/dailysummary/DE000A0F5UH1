--- v0 (2025-10-30)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43038f1fa1a2406a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bacd0a6f03748c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ed408420bbe4501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc311e32e380248cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c6b13060df4052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ed408420bbe4501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcd6af2e08ba431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc311e32e380248cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Global Select Dividend 100 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>30,324</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,214</x:t>
-[...92 lines deleted...]
-          <x:t>30,435</x:t>
+          <x:t>30,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>30,253</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...451 lines deleted...]
-          <x:t>30,363</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>