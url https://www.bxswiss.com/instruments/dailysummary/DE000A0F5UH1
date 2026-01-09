--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bacd0a6f03748c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7fd2f7903b34af8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc311e32e380248cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc26b93c7320a41b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcd6af2e08ba431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc311e32e380248cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref8c5d2eafad4d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc26b93c7320a41b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Global Select Dividend 100 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>30,370</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>