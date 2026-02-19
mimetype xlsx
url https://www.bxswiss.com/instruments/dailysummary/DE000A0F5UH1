--- v2 (2026-01-09)
+++ v3 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7fd2f7903b34af8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd42f37db4a104d3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc26b93c7320a41b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e0a7a136ff4609"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref8c5d2eafad4d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc26b93c7320a41b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d96dce72ae643ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e0a7a136ff4609" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Global Select Dividend 100 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>32,189</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>