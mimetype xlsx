--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92c5ecf3b44b476f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca1ce82c29e04ae9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra15f9cb2f51040c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40cceef3812a4dfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9b860d56a84744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra15f9cb2f51040c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c686ee1191b4841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40cceef3812a4dfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Dow Jones Eurozone Sustainability Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>20,430</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,276</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>20,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,492</x:t>
-[...399 lines deleted...]
-          <x:t>20,973</x:t>
+          <x:t>20,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,782</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>20,910</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>