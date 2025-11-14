--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca1ce82c29e04ae9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49189754dab046fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40cceef3812a4dfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b07e0cf7e164690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c686ee1191b4841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40cceef3812a4dfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dcde7b3807242d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b07e0cf7e164690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Dow Jones Eurozone Sustainability Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>20,973</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,782</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>20,918</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,907</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>20,797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,662</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>