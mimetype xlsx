--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49189754dab046fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64164cfbbf94fd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b07e0cf7e164690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re69aab75767443d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dcde7b3807242d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b07e0cf7e164690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42303ba006524f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re69aab75767443d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Dow Jones Eurozone Sustainability Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>21,448</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>