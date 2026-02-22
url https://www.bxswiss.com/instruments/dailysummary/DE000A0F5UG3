--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64164cfbbf94fd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb03d305b431e4139" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re69aab75767443d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R264ecfa266674b86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42303ba006524f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re69aab75767443d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ae4d8f9fd46499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R264ecfa266674b86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Dow Jones Eurozone Sustainability Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>21,560</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,502</x:t>
-[...75 lines deleted...]
-          <x:t>21,932</x:t>
+          <x:t>21,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,908</x:t>
-[...70 lines deleted...]
-          <x:t>22,047</x:t>
+          <x:t>21,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,941</x:t>
-[...26 lines deleted...]
-          <x:t>22,059</x:t>
+          <x:t>22,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>