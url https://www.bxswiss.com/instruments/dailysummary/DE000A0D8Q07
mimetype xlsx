--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46db5a11a5314139" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bd43c62f98a431d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf79f3dddf5044f8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99bba173e4414654"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd98f7d3af45e4fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf79f3dddf5044f8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6190e247085f4da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99bba173e4414654" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) EURO STOXX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0D8Q07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>54,548</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>