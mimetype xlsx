--- v1 (2026-01-08)
+++ v2 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bd43c62f98a431d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd05581960e4867" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99bba173e4414654"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ec5bb5eec2c42fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6190e247085f4da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99bba173e4414654" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc140573797b04748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ec5bb5eec2c42fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) EURO STOXX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0D8Q07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>58,016</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,426</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>58,449</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>