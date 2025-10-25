--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57d1bbef06f4ec7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51f1795e71404106" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e8245b7ca71476c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17eb64da98ac41fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc43306d4956424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e8245b7ca71476c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98ade90a278c40ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17eb64da98ac41fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) eb.rexx Government Germany UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0006289465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>116,876</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,627</x:t>
-[...384 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>116,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,752</x:t>
-[...117 lines deleted...]
-          <x:t>116,573</x:t>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>