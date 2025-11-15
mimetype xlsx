--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51f1795e71404106" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2372e86e1a8a4002" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17eb64da98ac41fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff05abbb6bb24f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98ade90a278c40ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17eb64da98ac41fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra59a9a1109f24860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff05abbb6bb24f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) eb.rexx Government Germany UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0006289465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>116,354</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,102</x:t>
-[...561 lines deleted...]
-          <x:t>116,300</x:t>
+          <x:t>116,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,075</x:t>
-[...26 lines deleted...]
-          <x:t>115,956</x:t>
+          <x:t>116,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>