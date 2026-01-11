--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2372e86e1a8a4002" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae73f8fd3c842b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff05abbb6bb24f2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6427d5c8c18e44a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra59a9a1109f24860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff05abbb6bb24f2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62b5044b27074b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6427d5c8c18e44a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) eb.rexx Government Germany UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0006289465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>115,849</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,101</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>27.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,210</x:t>
-[...387 lines deleted...]
-          <x:t>115,211</x:t>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>