--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae73f8fd3c842b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc680815cd10940bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6427d5c8c18e44a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R683f53101c3c4e19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62b5044b27074b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6427d5c8c18e44a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dbb0e08f9bc4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R683f53101c3c4e19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) eb.rexx Government Germany UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0006289465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>115,584</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,372</x:t>
-[...237 lines deleted...]
-          <x:t>116,044</x:t>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,269</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>115,974</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>