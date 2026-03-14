--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc680815cd10940bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf4e0b506ac8480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R683f53101c3c4e19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c1900a7ce164fd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dbb0e08f9bc4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R683f53101c3c4e19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R294a08d3c4624749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c1900a7ce164fd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) eb.rexx Government Germany UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0006289465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>114,909</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,780</x:t>
-[...210 lines deleted...]
-          <x:t>113,999</x:t>
+          <x:t>114,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,261</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>114,209</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>