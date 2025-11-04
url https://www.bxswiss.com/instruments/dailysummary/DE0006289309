--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01907b08d0394071" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f1d8ee62c144d91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R711b0131b31d4b69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra982a4532dd04870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0ad69c5300649d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R711b0131b31d4b69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5672416f5664494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra982a4532dd04870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) EURO STOXX Banks 30-15 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0006289309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,436 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>21,082</x:t>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,331</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...361 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,052</x:t>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>