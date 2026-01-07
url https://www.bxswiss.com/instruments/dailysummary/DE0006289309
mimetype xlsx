--- v1 (2025-11-04)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f1d8ee62c144d91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra832955be1874216" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra982a4532dd04870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R096adebd91134a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5672416f5664494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra982a4532dd04870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3175d40456064385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R096adebd91134a46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) EURO STOXX Banks 30-15 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0006289309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>21,184</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>