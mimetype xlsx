--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra832955be1874216" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bc0cfb0393c4c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R096adebd91134a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde57513c83de4629"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3175d40456064385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R096adebd91134a46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4802bf2a9d214135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde57513c83de4629" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) EURO STOXX Banks 30-15 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0006289309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,851</x:t>
-[...441 lines deleted...]
-          <x:t>24,024</x:t>
+          <x:t>22,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>