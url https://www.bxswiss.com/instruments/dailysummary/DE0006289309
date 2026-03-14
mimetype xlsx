--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bc0cfb0393c4c4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8ff42347b4f4f97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde57513c83de4629"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R066ca1271f2e427c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4802bf2a9d214135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde57513c83de4629" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafa35ace449d4e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R066ca1271f2e427c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) EURO STOXX Banks 30-15 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0006289309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,581</x:t>
+          <x:t>23,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,072</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>23,926</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>24,072</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>