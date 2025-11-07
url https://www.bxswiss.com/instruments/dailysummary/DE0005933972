--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ec3cbea148749b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55ffa99a9154438e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bbc35ccaa514f40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22d3be983efc47cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R082f54ea97f44431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bbc35ccaa514f40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7440f9dd2e864e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22d3be983efc47cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) TecDAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>29,624</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,434</x:t>
-[...593 lines deleted...]
-          <x:t>29,939</x:t>
+          <x:t>28,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>