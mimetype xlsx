--- v1 (2025-11-07)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55ffa99a9154438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9baa41947b34020" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22d3be983efc47cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1443ec7ccf66410d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7440f9dd2e864e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22d3be983efc47cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d2cd16753a148bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1443ec7ccf66410d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) TecDAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>30,526</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,718</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>28,677</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>