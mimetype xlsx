--- v2 (2026-01-11)
+++ v3 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9baa41947b34020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a6dda0c9324325" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1443ec7ccf66410d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d4c7c358c064862"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d2cd16753a148bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1443ec7ccf66410d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d2a7c09206498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d4c7c358c064862" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) TecDAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>29,588</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,324</x:t>
-[...431 lines deleted...]
-          <x:t>31,293</x:t>
+          <x:t>28,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>