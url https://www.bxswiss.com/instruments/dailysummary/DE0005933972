--- v3 (2026-02-08)
+++ v4 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a6dda0c9324325" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3572e64bbacc421e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d4c7c358c064862"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d04b125ec8340a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d2a7c09206498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d4c7c358c064862" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf877ef15394a4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d04b125ec8340a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) TecDAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>29,827</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,996</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>29,164</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>