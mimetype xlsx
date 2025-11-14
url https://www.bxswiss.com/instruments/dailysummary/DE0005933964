--- v0 (2025-10-22)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reafc7ddd23784b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc519add755cb4207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c5d42852b2e4acc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec5c42b3d7d4044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8523dacfb7944833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c5d42852b2e4acc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb10b40a1df8c43f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec5c42b3d7d4044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) SLI UCITS ETF (DE)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>141,064</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,711</x:t>
-[...323 lines deleted...]
-          <x:t>141,550</x:t>
+          <x:t>139,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>