--- v1 (2025-11-14)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc519add755cb4207" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R628aae7b366f4dcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec5c42b3d7d4044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bffa260522d4728"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb10b40a1df8c43f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec5c42b3d7d4044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29bc240db37c4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bffa260522d4728" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) SLI UCITS ETF (DE)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...598 lines deleted...]
-          <x:t>144,006</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,891</x:t>
-[...31 lines deleted...]
-          <x:t>143,817</x:t>
+          <x:t>145,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>