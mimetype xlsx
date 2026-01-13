--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R628aae7b366f4dcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb3e512efaee4ae0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bffa260522d4728"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa3eb1e0ebe14ba4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29bc240db37c4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bffa260522d4728" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3198a64f9914e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa3eb1e0ebe14ba4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) SLI UCITS ETF (DE)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,247 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>