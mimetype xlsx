--- v3 (2026-01-13)
+++ v4 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb3e512efaee4ae0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57134602f7ee45fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa3eb1e0ebe14ba4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08be6d9e23894314"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3198a64f9914e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa3eb1e0ebe14ba4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2479425a34a341b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08be6d9e23894314" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) SLI UCITS ETF (DE)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>147,825</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,778</x:t>
-[...166 lines deleted...]
-          <x:t>150,791</x:t>
+          <x:t>148,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>