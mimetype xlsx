--- v4 (2026-02-08)
+++ v5 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57134602f7ee45fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd382967cb41441ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08be6d9e23894314"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ffe87dc028420d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2479425a34a341b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08be6d9e23894314" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdff4eb95924e4f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ffe87dc028420d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) SLI UCITS ETF (DE)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>149,278</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>