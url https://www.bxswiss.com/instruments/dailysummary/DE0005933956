--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f60d81d1e04cdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336ce3b1d2544ee9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R822c43dd372b4932"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070a43df05ab424f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25efa5ef0e104e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R822c43dd372b4932" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R254bd9072f58470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070a43df05ab424f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) EURO STOXX 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,176 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>50,803</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,278</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...425 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,625</x:t>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>