--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336ce3b1d2544ee9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd25e072ea7f64508" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070a43df05ab424f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f49a9f860124f32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R254bd9072f58470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070a43df05ab424f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d295036d0c4a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f49a9f860124f32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) EURO STOXX 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>