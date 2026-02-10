--- v2 (2025-11-14)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd25e072ea7f64508" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2721a22f613e41c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f49a9f860124f32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1260702c015749c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d295036d0c4a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f49a9f860124f32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22cb1ba050e04c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1260702c015749c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) EURO STOXX 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>53,435</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>