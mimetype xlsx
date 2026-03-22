--- v3 (2026-02-10)
+++ v4 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2721a22f613e41c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8684621a328d4bea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1260702c015749c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74f837728ac04f61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22cb1ba050e04c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1260702c015749c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8229a95be8ee4bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74f837728ac04f61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) EURO STOXX 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>57,035</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,406</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>56,571</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,828</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>55,821</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>