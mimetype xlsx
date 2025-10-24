--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7f17aa5b21f43e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref9d283b86e74638" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bd79ddcc2e4488b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R061e74eeb01a42d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf19617552b14182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bd79ddcc2e4488b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa9e1f52d5974927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R061e74eeb01a42d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 50 UCITS ETF (DE) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,892</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>45,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,420</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>