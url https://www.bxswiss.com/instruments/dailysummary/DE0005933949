--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref9d283b86e74638" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R270680a9912a4675" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R061e74eeb01a42d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60283fc7d92642e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa9e1f52d5974927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R061e74eeb01a42d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd62263baa7c54af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60283fc7d92642e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 50 UCITS ETF (DE) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,304</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>47,519</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,519</x:t>
-[...161 lines deleted...]
-          <x:t>47,552</x:t>
+          <x:t>47,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>