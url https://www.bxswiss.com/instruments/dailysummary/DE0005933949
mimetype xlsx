--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R270680a9912a4675" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe4eb69c31bd4f3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60283fc7d92642e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a516bf382b3495a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd62263baa7c54af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60283fc7d92642e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99281c541afb49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a516bf382b3495a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 50 UCITS ETF (DE) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...296 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,753</x:t>
-[...43 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>47,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,634</x:t>
-[...279 lines deleted...]
-          <x:t>48,264</x:t>
+          <x:t>48,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>