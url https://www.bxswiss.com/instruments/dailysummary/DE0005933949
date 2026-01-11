--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe4eb69c31bd4f3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c20cd6a8c5b4283" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a516bf382b3495a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb00b4268f53b437d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99281c541afb49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a516bf382b3495a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad09672b64a44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb00b4268f53b437d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 50 UCITS ETF (DE) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>47,827</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,979</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,376</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>