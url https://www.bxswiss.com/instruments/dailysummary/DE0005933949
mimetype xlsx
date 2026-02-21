--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c20cd6a8c5b4283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R146e33a2c85d444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb00b4268f53b437d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8898b3de035b4d87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad09672b64a44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb00b4268f53b437d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re63deb7c13ed4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8898b3de035b4d87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 50 UCITS ETF (DE) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>50,885</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>