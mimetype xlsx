--- v0 (2025-10-26)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f4a491a8ef6414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re183ab6c15c9415f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd1210747bf4031"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6256cdecdbd4f27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R585c9459e6de44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd1210747bf4031" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2073093b59d4e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6256cdecdbd4f27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Core DAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>182,923</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,962</x:t>
-[...571 lines deleted...]
-          <x:t>185,769</x:t>
+          <x:t>185,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>