--- v1 (2025-11-16)
+++ v2 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re183ab6c15c9415f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd836c3ee2394b34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6256cdecdbd4f27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb51f0d1100074ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2073093b59d4e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6256cdecdbd4f27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc4d4b433982499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb51f0d1100074ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Core DAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...544 lines deleted...]
-          <x:t>186,527</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,507</x:t>
-[...58 lines deleted...]
-          <x:t>182,300</x:t>
+          <x:t>184,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>