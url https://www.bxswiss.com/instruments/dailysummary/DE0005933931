--- v2 (2025-12-29)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd836c3ee2394b34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42f80f1875794ea7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb51f0d1100074ac6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8f39662854546a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc4d4b433982499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb51f0d1100074ac6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R648ac2af52554058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8f39662854546a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Core DAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>188,305</x:t>
-[...225 lines deleted...]
-          <x:t>187,313</x:t>
+          <x:t>184,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>