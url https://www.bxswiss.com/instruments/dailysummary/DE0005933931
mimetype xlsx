--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42f80f1875794ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3acd653eda214586" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8f39662854546a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce8af0ba979f4917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R648ac2af52554058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8f39662854546a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc20386ed20bc47e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce8af0ba979f4917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Core DAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>189,088</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>