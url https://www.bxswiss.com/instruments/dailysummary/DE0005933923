--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red83be42e0d24ebf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re279994b83104bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R510f878ab0b84882"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9604c43054534325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1626f0a629046d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R510f878ab0b84882" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R368405e5857342c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9604c43054534325" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) MDAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>227,084</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,726</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...467 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,480</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>