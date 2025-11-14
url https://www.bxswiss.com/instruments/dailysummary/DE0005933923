--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re279994b83104bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87a7c663ccd3471a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9604c43054534325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf43de7311b8402a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R368405e5857342c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9604c43054534325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1b1729a9ca84e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf43de7311b8402a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) MDAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,421</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>