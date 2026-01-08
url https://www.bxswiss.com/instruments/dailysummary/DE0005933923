--- v2 (2025-11-14)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87a7c663ccd3471a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40dd9c818eca4bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf43de7311b8402a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R877edc530f6c4b05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1b1729a9ca84e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf43de7311b8402a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3b9e47af30b4607" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R877edc530f6c4b05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) MDAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>232,293</x:t>
-[...630 lines deleted...]
-          <x:t>223,422</x:t>
+          <x:t>231,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>