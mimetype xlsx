--- v3 (2026-01-08)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40dd9c818eca4bb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R085b412c9dd043a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R877edc530f6c4b05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R987b53da8914484c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3b9e47af30b4607" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R877edc530f6c4b05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R569a002b1c184cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R987b53da8914484c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) MDAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>