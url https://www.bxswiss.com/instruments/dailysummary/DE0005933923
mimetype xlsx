--- v4 (2026-02-02)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R085b412c9dd043a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94b01afa88ba4e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R987b53da8914484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a4f8766f2a14dbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R569a002b1c184cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R987b53da8914484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R549bff091af94ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a4f8766f2a14dbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) MDAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>