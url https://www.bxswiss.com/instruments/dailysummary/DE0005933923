--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94b01afa88ba4e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f6c663fbc0f44f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a4f8766f2a14dbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f5bba694d28423e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R549bff091af94ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a4f8766f2a14dbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97ad000d4c744e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f5bba694d28423e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) MDAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>