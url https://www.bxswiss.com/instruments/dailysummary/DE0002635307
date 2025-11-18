--- v0 (2025-10-28)
+++ v1 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R534e5014482b4d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R140cbcbce33049dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22ccabb3c95546a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcffdd8e62ade4bc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R366a533cb1884ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22ccabb3c95546a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reea43e33c4504eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcffdd8e62ade4bc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0002635307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,952</x:t>
-[...21 lines deleted...]
-          <x:t>52,645</x:t>
+          <x:t>52,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,497</x:t>
-[...16 lines deleted...]
-          <x:t>52,375</x:t>
+          <x:t>53,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,367</x:t>
-[...355 lines deleted...]
-          <x:t>53,049</x:t>
+          <x:t>53,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>