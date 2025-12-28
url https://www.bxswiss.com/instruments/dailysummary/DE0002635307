--- v1 (2025-11-18)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R140cbcbce33049dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0562933e8344b32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcffdd8e62ade4bc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc6e00b59f74802"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reea43e33c4504eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcffdd8e62ade4bc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ed4b4a177b54b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc6e00b59f74802" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0002635307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...490 lines deleted...]
-          <x:t>53,571</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,539</x:t>
-[...85 lines deleted...]
-          <x:t>52,407</x:t>
+          <x:t>53,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>