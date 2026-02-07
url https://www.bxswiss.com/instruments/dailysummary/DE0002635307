--- v2 (2025-12-28)
+++ v3 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0562933e8344b32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d177c77242d4881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc6e00b59f74802"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf593074263a34605"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ed4b4a177b54b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc6e00b59f74802" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R105279c467674f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf593074263a34605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0002635307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>54,144</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>