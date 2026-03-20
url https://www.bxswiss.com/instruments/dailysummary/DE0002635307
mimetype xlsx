--- v3 (2026-02-07)
+++ v4 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d177c77242d4881" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b2c0825b4a54607" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf593074263a34605"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R461edd097077458e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R105279c467674f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf593074263a34605" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ba9396982f647c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R461edd097077458e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0002635307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...640 lines deleted...]
-          <x:t>56,029</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>