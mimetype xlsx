--- v0 (2025-10-10)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a906ba5aa254bd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f1455b51114e80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R267925c8a2b74be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R218cd59291ac4c30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeff35c279c94e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R267925c8a2b74be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0fa0917b0c4093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R218cd59291ac4c30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) DivDAX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0002635273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>19,802</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>