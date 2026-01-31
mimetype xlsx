--- v1 (2026-01-08)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f1455b51114e80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c7f59b3c48e4a05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R218cd59291ac4c30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R524d438db0e34ddc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0fa0917b0c4093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R218cd59291ac4c30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf609a0bd2fc4795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R524d438db0e34ddc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) DivDAX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0002635273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>20,961</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,071</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,265</x:t>
-[...333 lines deleted...]
-          <x:t>21,343</x:t>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>