--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c7f59b3c48e4a05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b351a4cb84e4046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R524d438db0e34ddc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redd1ed40bdf14f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf609a0bd2fc4795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R524d438db0e34ddc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d06b78555b143c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redd1ed40bdf14f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) DivDAX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0002635273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>21,288</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>21,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,429</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>21,107</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>