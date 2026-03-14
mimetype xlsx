--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b351a4cb84e4046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331e06eaddff4534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redd1ed40bdf14f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddfc614500864b28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d06b78555b143c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redd1ed40bdf14f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86a6c2f3b76c4bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddfc614500864b28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) DivDAX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0002635273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,052</x:t>
-[...332 lines deleted...]
-        <x:is>
           <x:t>21,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>