--- v0 (2025-10-03)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea7f72f4f9194170" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6328be84fc1243aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6e002cffb8e41fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ce422754d84dae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref11855a2f514f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6e002cffb8e41fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc21f7e6d48e7410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ce422754d84dae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Pfandbriefe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0002635265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,979</x:t>
-[...198 lines deleted...]
-          <x:t>97,067</x:t>
+          <x:t>96,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>