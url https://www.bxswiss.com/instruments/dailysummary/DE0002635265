--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6328be84fc1243aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3bf12f312724a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ce422754d84dae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a810f35e70f4653"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc21f7e6d48e7410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ce422754d84dae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6523d909fee4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a810f35e70f4653" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Pfandbriefe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0002635265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>96,994</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>