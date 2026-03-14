--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3bf12f312724a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b91b61163a543cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a810f35e70f4653"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8645ba1234af4722"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6523d909fee4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a810f35e70f4653" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc98e75dd29a34f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8645ba1234af4722" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Pfandbriefe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0002635265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>97,223</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,343</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>97,739</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>