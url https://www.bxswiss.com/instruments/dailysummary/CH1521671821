--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe23f608098472e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38f85b9023234d87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc017744007dc4b27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb66026201dd45c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7161a7178b984b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc017744007dc4b27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ff4bf5adb814b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb66026201dd45c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Swiss Market Index (SMI®)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1521671821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,493 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...94 lines deleted...]
-          <x:t>1,585</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>04.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,735</x:t>
-[...333 lines deleted...]
-          <x:t>2,015</x:t>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>