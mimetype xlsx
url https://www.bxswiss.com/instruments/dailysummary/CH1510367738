--- v0 (2026-01-09)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12f8ce328c034a9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R731a59e78be644b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88c12c8ea82d4209"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94cbbf57232d40d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aaea6897ffd4d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88c12c8ea82d4209" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9ed554d9f445b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94cbbf57232d40d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf DAX®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1510367738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,211 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...104 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,265</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,265</x:t>
-[...31 lines deleted...]
-          <x:t>1,345</x:t>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>