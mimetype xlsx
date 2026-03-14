--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R731a59e78be644b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94560e56c2fd438a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94cbbf57232d40d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcc2fdf408334b1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9ed554d9f445b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94cbbf57232d40d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a0f8c7b2ad24412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcc2fdf408334b1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf DAX®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1510367738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>1,315</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>