--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b340ce1fc6f4fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6bc5bff86144a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R883ade22656949f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dbb143e57dd45bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c3d862d01544e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R883ade22656949f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86a910ec990146d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dbb143e57dd45bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -364,31 +266,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>