--- v1 (2026-01-10)
+++ v2 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6bc5bff86144a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d9a30c7ad64e67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dbb143e57dd45bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32757b4fa3fb4450"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86a910ec990146d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dbb143e57dd45bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce7a1c9d55204614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32757b4fa3fb4450" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...56 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,438</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>