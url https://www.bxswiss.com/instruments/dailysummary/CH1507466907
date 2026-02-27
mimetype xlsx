--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d9a30c7ad64e67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429233f23da34684" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32757b4fa3fb4450"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d00128cb1234a2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce7a1c9d55204614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32757b4fa3fb4450" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d0a778aa5324d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d00128cb1234a2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,474</x:t>
-[...522 lines deleted...]
-          <x:t>0,320</x:t>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>