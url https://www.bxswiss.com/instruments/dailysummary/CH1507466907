--- v3 (2026-02-27)
+++ v4 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429233f23da34684" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcccf6a16e3064a4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d00128cb1234a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c084c551578413a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d0a778aa5324d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d00128cb1234a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fcdf1dc7b8d4051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c084c551578413a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,635 +149,230 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,459</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...60 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,511</x:t>
-[...409 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>0,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,401</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,431</x:t>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>