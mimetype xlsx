--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2060661e41204d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a7b9051f8244c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8d6308d805b48eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c7b99299fad45b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38d6938d286c4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8d6308d805b48eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c22faa7dfba48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c7b99299fad45b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466899</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -364,31 +266,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>