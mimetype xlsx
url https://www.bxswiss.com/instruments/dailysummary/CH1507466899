--- v1 (2026-01-10)
+++ v2 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a7b9051f8244c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7929cd74d7b14e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c7b99299fad45b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9627c00b864bf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c22faa7dfba48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c7b99299fad45b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3541c8ee60649ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9627c00b864bf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466899</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...83 lines deleted...]
-          <x:t>0,608</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,654</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,804</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,761</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>0,934</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,899</x:t>
-[...43 lines deleted...]
-          <x:t>0,839</x:t>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,784</x:t>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>