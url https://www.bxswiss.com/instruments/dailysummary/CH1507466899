--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7929cd74d7b14e8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04c9c3f514f44130" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9627c00b864bf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27765dbea99a48e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3541c8ee60649ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9627c00b864bf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra52556f6e0554d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27765dbea99a48e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466899</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>0,934</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,899</x:t>
-[...43 lines deleted...]
-          <x:t>0,839</x:t>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,784</x:t>
-[...6 lines deleted...]
-          <x:t>12.01.2026</x:t>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,792</x:t>
-[...4 lines deleted...]
-          <x:t>0,714</x:t>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,754</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>13.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,770</x:t>
-[...48 lines deleted...]
-          <x:t>0,742</x:t>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,742</x:t>
-[...11 lines deleted...]
-          <x:t>16.01.2026</x:t>
+          <x:t>0,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,844</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>0,770</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,639</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>0,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>