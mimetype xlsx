--- v3 (2026-02-27)
+++ v4 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04c9c3f514f44130" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c6f0443f7874901" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27765dbea99a48e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30d1400164cb4ad3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra52556f6e0554d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27765dbea99a48e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ec306cb0b5841de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30d1400164cb4ad3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466899</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>0,878</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,771</x:t>
-[...70 lines deleted...]
-          <x:t>0,770</x:t>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,639</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>0,639</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>