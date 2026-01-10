--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra70446ab937a4bdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac2eda8a88c949ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra30296970cff4552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28b7fb241b404b63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9b8305dcabb493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra30296970cff4552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07fbc5fa53bf4650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28b7fb241b404b63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466881</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -364,31 +266,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>