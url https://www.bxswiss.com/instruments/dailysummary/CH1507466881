--- v1 (2026-01-10)
+++ v2 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac2eda8a88c949ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82391304e829473d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28b7fb241b404b63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9157e8944304438e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07fbc5fa53bf4650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28b7fb241b404b63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra53f86359d474055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9157e8944304438e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466881</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...137 lines deleted...]
-          <x:t>1,504</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,538</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>1,748</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,779</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,585</x:t>
-[...26 lines deleted...]
-          <x:t>1,563</x:t>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>