--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82391304e829473d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R034fe9adfa4a4d3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9157e8944304438e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d372ba6d39d4153"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra53f86359d474055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9157e8944304438e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5769170a3a9d4a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d372ba6d39d4153" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466881</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,748</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,779</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,585</x:t>
-[...60 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,548</x:t>
-[...4 lines deleted...]
-          <x:t>1,462</x:t>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,529</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,621</x:t>
-[...225 lines deleted...]
-          <x:t>1,185</x:t>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>