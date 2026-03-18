--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R034fe9adfa4a4d3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8486d0189cc4a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d372ba6d39d4153"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b5a119304fd4dd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5769170a3a9d4a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d372ba6d39d4153" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5088e812ffb41a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b5a119304fd4dd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466881</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,621</x:t>
-[...183 lines deleted...]
-          <x:t>1,330</x:t>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,177</x:t>
-[...21 lines deleted...]
-          <x:t>1,296</x:t>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,185</x:t>
-[...377 lines deleted...]
-          <x:t>1,747</x:t>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>