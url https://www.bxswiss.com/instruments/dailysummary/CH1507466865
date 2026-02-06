--- v0 (2026-01-10)
+++ v1 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab46d0bf827b4eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0697e287f8454eeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81f338d6cab841f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81a69d810ee54deb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe2dde79b6804532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81f338d6cab841f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1116193efce4970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81a69d810ee54deb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,481</x:t>
-[...306 lines deleted...]
-          <x:t>0,507</x:t>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>