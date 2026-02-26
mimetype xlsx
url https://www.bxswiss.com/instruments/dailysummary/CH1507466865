--- v1 (2026-02-06)
+++ v2 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0697e287f8454eeb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9549fb6747274b1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81a69d810ee54deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eff066fdcde409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1116193efce4970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81a69d810ee54deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d767279a8d343d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eff066fdcde409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>0,467</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,436</x:t>
-[...38 lines deleted...]
-          <x:t>15.01.2026</x:t>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,557</x:t>
-[...4 lines deleted...]
-          <x:t>0,452</x:t>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,528</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>20.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,426</x:t>
-[...102 lines deleted...]
-          <x:t>0,466</x:t>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>0,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>