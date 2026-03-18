--- v2 (2026-02-26)
+++ v3 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9549fb6747274b1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac42203195794e54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eff066fdcde409b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945d658d56214174"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d767279a8d343d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eff066fdcde409b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93a52b886f1e48c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945d658d56214174" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,466</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,426</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,488</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>0,505</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>