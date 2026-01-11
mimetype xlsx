--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R464bd1ba7122472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5000427881b44852" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8e1348f20ff4531"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26daf3d51a7d45e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra987d04a3b274b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8e1348f20ff4531" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08f8c4efe73842bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26daf3d51a7d45e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,155 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -364,31 +259,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>