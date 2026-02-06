--- v1 (2026-01-11)
+++ v2 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5000427881b44852" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R140d1464e71e4bb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26daf3d51a7d45e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30bb8f13780a4cd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08f8c4efe73842bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26daf3d51a7d45e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e4810da91a4019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30bb8f13780a4cd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,384 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...34 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,032</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>1,131</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,128</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>