--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R140d1464e71e4bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43362400eb444d8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30bb8f13780a4cd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc1ef714761e47c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e4810da91a4019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30bb8f13780a4cd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea5d26144cfc49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc1ef714761e47c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>1,384</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,330</x:t>
-[...87 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,073</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>0,737</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>