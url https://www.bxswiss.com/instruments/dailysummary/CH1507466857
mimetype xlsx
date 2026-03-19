--- v3 (2026-02-26)
+++ v4 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43362400eb444d8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe9e5c1ed9e440e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc1ef714761e47c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re85b4bdb057c4280"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea5d26144cfc49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc1ef714761e47c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff524af0e18640a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re85b4bdb057c4280" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,152</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,057</x:t>
-[...102 lines deleted...]
-          <x:t>1,103</x:t>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,252</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,831</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,671</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>1,258</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>