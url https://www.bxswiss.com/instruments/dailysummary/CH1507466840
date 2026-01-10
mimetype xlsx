--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb499f8315f5349e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c1f30d370a54bd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4ecc9c4a60e421e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R382f56926b7047c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d0f321c5ab9484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4ecc9c4a60e421e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1ede200a1c2476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R382f56926b7047c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -364,31 +266,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>