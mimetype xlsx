--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c1f30d370a54bd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74d8d65de6944798" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R382f56926b7047c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef400b682dc451d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1ede200a1c2476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R382f56926b7047c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R229760900dfb4195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef400b682dc451d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,251</x:t>
-[...36 lines deleted...]
-          <x:t>0,240</x:t>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>