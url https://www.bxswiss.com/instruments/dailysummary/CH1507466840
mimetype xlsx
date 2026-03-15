--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74d8d65de6944798" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae3c16983c94c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef400b682dc451d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9adda29e1c44ef1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R229760900dfb4195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef400b682dc451d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01bd765bdae44da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9adda29e1c44ef1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,320</x:t>
-[...387 lines deleted...]
-          <x:t>0,419</x:t>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>