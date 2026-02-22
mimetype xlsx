--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22911f4973154272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raabe69039768443e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4df105a34884ebf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274828fb9de54094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c6559dd66fc432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4df105a34884ebf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9215b6fc101b4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274828fb9de54094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...358 lines deleted...]
-          <x:t>0,342</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>