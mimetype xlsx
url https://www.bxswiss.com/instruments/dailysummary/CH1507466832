--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raabe69039768443e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14259c351867446b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274828fb9de54094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b45281473f4ee7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9215b6fc101b4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274828fb9de54094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f189855cf2f43f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b45281473f4ee7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>0,265</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,399</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>0,583</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>