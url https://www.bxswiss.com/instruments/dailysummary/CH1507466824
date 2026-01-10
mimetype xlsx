--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c92ef38e27547af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49a9cd57a2bc479b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03184365e8d42dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc56631e1f7d14579"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4e60ec786748da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03184365e8d42dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2bd4369031f4a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc56631e1f7d14579" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466824</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -364,31 +266,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>