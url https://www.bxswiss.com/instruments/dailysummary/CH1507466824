--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49a9cd57a2bc479b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a2e37ab3a12429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc56631e1f7d14579"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R472d04fc8d144776"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2bd4369031f4a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc56631e1f7d14579" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ac2122dcb34408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R472d04fc8d144776" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466824</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...272 lines deleted...]
-          <x:t>0,330</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,387</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,483</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>