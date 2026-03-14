--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a2e37ab3a12429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24aae1f2dcc84458" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R472d04fc8d144776"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9e56c4cbd2d49df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ac2122dcb34408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R472d04fc8d144776" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra073a05d8cb242df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9e56c4cbd2d49df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466824</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,527</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>29.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,430</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>0,794</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>