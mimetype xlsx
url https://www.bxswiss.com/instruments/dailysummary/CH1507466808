--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fe41c59108d497d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fdf0990f48e4bd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46f64ebf81fb4940"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65252b7528574205"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd313378543904630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46f64ebf81fb4940" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aa8cdd6946649d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65252b7528574205" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -364,31 +266,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>