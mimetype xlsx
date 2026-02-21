--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fdf0990f48e4bd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd09c4ef995fa48b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65252b7528574205"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cfbf9871bff4e95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aa8cdd6946649d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65252b7528574205" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9539199b03343f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cfbf9871bff4e95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...100 lines deleted...]
-          <x:t>0,133</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,133</x:t>
-[...247 lines deleted...]
-          <x:t>0,256</x:t>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>