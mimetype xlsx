--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd09c4ef995fa48b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R396c19ecc72f4f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cfbf9871bff4e95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7419c7ffcc7c4c72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9539199b03343f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cfbf9871bff4e95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a2fa9a696124aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7419c7ffcc7c4c72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,272</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,286</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
-[...97 lines deleted...]
-          <x:t>0,311</x:t>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,306</x:t>
-[...431 lines deleted...]
-          <x:t>0,511</x:t>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>