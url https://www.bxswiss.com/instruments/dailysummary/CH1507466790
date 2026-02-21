--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R324af93745654b8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca0c1c1f3c8a47c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e3aa21cea284208"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93fc01d63a134c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R409be7b7466f4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e3aa21cea284208" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfce81c153db4f89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93fc01d63a134c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...358 lines deleted...]
-          <x:t>0,438</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>