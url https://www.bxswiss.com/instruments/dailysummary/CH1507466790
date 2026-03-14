--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca0c1c1f3c8a47c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7591e2f5d3364bb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93fc01d63a134c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R428ca219036a4822"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfce81c153db4f89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93fc01d63a134c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R341ea10478684607" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R428ca219036a4822" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Roche Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>0,524</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,571</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>0,813</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>