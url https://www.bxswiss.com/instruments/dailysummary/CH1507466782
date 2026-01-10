--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R717db42c99b2413d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabae6b9e4701450b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c1625424f6b456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41dc56ee79141e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a2bc5dfe45e41c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c1625424f6b456b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98244b2222de4935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41dc56ee79141e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466782</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -364,31 +266,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>