--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabae6b9e4701450b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd708f46cc49841e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41dc56ee79141e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83c6bcf1f0f34c46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98244b2222de4935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41dc56ee79141e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd38116e584b94280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83c6bcf1f0f34c46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466782</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...289 lines deleted...]
-          <x:t>0,139</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,138</x:t>
-[...16 lines deleted...]
-          <x:t>0,177</x:t>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,154</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,157</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,153</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,168</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,158</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>