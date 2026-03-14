--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd708f46cc49841e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbceec92dca464e2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83c6bcf1f0f34c46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7983ad5f3d6144e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd38116e584b94280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83c6bcf1f0f34c46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17c9dd5bdf714fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7983ad5f3d6144e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466782</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>0,219</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,278</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,255</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,289</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>