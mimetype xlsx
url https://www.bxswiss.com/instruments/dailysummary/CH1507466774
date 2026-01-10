--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13086719d41a40fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78f1890aeee4442c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5446a782b4be4660"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabad87974f3e4d19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ccd34b4ae9f4b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5446a782b4be4660" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1abdb6ad016646f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabad87974f3e4d19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -364,31 +266,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>