--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78f1890aeee4442c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71335da2920c489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabad87974f3e4d19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a37d42632dc4a79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1abdb6ad016646f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabad87974f3e4d19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c4b09379527410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a37d42632dc4a79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...289 lines deleted...]
-          <x:t>0,261</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,260</x:t>
-[...11 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,328</x:t>
-[...21 lines deleted...]
-          <x:t>0,288</x:t>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,296</x:t>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>