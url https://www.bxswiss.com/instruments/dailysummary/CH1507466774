--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71335da2920c489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9346ca1a1a1b4f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a37d42632dc4a79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f9993bc07cd493c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c4b09379527410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a37d42632dc4a79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9303ec5c3e784ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f9993bc07cd493c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,463 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>0,409</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,476</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,510</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>