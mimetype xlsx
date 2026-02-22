--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rface2b9a68e94730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3926ad25bbb40ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89955950d2814be4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a32daad6db64454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd13904baadfe445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89955950d2814be4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R913a330d2f744359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a32daad6db64454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...299 lines deleted...]
-          <x:t>0,612</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,687</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,732</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,686</x:t>
-[...26 lines deleted...]
-          <x:t>0,686</x:t>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>