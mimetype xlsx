--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3926ad25bbb40ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e72f651556947aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a32daad6db64454"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd994266d3cb34bf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R913a330d2f744359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a32daad6db64454" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R557cb38278d0472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd994266d3cb34bf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>