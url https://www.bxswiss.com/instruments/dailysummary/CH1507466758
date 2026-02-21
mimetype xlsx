--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f5869a62ae5476e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb22e63b33c64f75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdb7057a6f7c46c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a6189ce35344f43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9370a4935af4f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdb7057a6f7c46c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a6cbcc76f244b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a6189ce35344f43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466758</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,119</x:t>
-[...63 lines deleted...]
-          <x:t>0,108</x:t>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>