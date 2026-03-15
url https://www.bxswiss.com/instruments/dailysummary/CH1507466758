--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb22e63b33c64f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0750189c67a94342" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a6189ce35344f43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b1101bdfc640f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a6cbcc76f244b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a6189ce35344f43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b7e18bb19fd4097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b1101bdfc640f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466758</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>