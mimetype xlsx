--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R853ac24dcc8f4f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215edc17683a48ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c18a2c9c4048c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a26ca39d674cec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb5bed532314190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c18a2c9c4048c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880175501b154e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a26ca39d674cec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -364,31 +266,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>