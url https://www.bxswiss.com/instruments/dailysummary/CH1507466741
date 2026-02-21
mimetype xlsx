--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215edc17683a48ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f856f66ec844f2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a26ca39d674cec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5cc6aec1d0c4b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880175501b154e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a26ca39d674cec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11b8f45fd995498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5cc6aec1d0c4b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...326 lines deleted...]
-          <x:t>0,283</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>0,288</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>