--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f856f66ec844f2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf4124499c6439a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5cc6aec1d0c4b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d588f457db4c8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11b8f45fd995498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5cc6aec1d0c4b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf48bb1cb43f489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d588f457db4c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,463 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>0,470</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,493</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,534</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>