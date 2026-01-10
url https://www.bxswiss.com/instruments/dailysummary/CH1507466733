--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R552bef3c2a7d4fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8514de0007914d9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04c17e9ce9c14651"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb26ba18135c544a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R585a18a0ce274559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04c17e9ce9c14651" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a2840e763af4da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb26ba18135c544a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -364,31 +266,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>