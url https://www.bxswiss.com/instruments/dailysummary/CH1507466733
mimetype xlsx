--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8514de0007914d9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fa17084424d45ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb26ba18135c544a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbef30609c9474421"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a2840e763af4da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb26ba18135c544a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd08dd865e485448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbef30609c9474421" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...316 lines deleted...]
-          <x:t>0,526</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,496</x:t>
-[...31 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>