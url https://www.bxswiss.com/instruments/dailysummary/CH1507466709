--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R008c2884d6944df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03bc935aa7a646c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8493caab1dc4c2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622859d726954aa6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312dda57fad14af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8493caab1dc4c2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42353d734865406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622859d726954aa6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Nestlé SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -364,31 +266,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>