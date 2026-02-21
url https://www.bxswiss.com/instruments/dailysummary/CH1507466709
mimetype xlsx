--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03bc935aa7a646c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3112a1a75e4d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622859d726954aa6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd79e9731fe6749ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42353d734865406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622859d726954aa6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c689ac6e154d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd79e9731fe6749ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Nestlé SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,391 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,277</x:t>
-[...301 lines deleted...]
-          <x:t>0,196</x:t>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>