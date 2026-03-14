--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3112a1a75e4d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd6726fae8f54ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd79e9731fe6749ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19cc7589a8814f28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c689ac6e154d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd79e9731fe6749ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4667df81631a4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19cc7589a8814f28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf Nestlé SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1507466709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>0,230</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,217</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,284</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,267</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,304</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,334</x:t>
-[...279 lines deleted...]
-          <x:t>0,333</x:t>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>