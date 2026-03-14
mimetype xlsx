--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6867a7d6ac844034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac6a172722f4a82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9622a513128c4ba3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eafa97e07fd48d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4e26a1f393f4c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9622a513128c4ba3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb45864f98e2e4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eafa97e07fd48d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505587308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,433 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...115 lines deleted...]
-          <x:t>100,550</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,010</x:t>
-[...48 lines deleted...]
-          <x:t>101,635</x:t>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,555</x:t>
-[...11 lines deleted...]
-          <x:t>101,515</x:t>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>101,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,965</x:t>
-[...58 lines deleted...]
-          <x:t>101,825</x:t>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>