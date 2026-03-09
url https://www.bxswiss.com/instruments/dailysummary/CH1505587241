--- v0 (2026-02-17)
+++ v1 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e138e8ef214969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe43c5029b7e417a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2efc99046b9416b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac5ee639b49542d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fff7345206744f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2efc99046b9416b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394a18ee51954edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac5ee639b49542d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Barrick Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505587241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -457,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>