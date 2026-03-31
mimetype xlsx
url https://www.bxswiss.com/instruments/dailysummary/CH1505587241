--- v1 (2026-03-09)
+++ v2 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe43c5029b7e417a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5069d48e16db4a4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac5ee639b49542d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d9893198a2e47d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394a18ee51954edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac5ee639b49542d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9b2e03d43504e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d9893198a2e47d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Barrick Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505587241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...58 lines deleted...]
-          <x:t>100,570</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,380</x:t>
-[...517 lines deleted...]
-          <x:t>100,110</x:t>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>