--- v0 (2026-02-02)
+++ v1 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0729327ef0394066" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5023c35daa142a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdf5b0d34bff4791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17806efa90894668"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c8f755b92b4639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdf5b0d34bff4791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref7f725facbf4f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17806efa90894668" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505583380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,141 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -323,31 +232,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>