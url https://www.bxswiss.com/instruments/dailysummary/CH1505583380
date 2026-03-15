--- v1 (2026-02-23)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5023c35daa142a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra54a768eb9914a7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17806efa90894668"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd76d862fe5af4c62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref7f725facbf4f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17806efa90894668" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f431bcf809a475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd76d862fe5af4c62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505583380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...39 lines deleted...]
-          <x:t>100,230</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,910</x:t>
-[...436 lines deleted...]
-          <x:t>97,890</x:t>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>