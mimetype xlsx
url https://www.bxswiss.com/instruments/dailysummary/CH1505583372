--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4bff1483eaf4e4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b19f8dc7b74c57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1effd57c61a44222"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebbfe7a024434307"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4c6be331844a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1effd57c61a44222" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb70821cac0574580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebbfe7a024434307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505583372</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,533 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>98,900</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,900</x:t>
-[...124 lines deleted...]
-          <x:t>95,460</x:t>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>95,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>99,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>