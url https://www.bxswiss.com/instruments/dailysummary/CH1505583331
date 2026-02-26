--- v0 (2026-02-05)
+++ v1 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d6d792247c480f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R267df9c56c334e66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7bbd951892746ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra35be1f5a7e94f2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R066e28e8c0864083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7bbd951892746ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda0472249a1f4534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra35be1f5a7e94f2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Pan American Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505583331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,155 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
@@ -404,31 +299,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>