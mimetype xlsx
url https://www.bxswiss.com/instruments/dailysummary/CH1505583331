--- v1 (2026-02-26)
+++ v2 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R267df9c56c334e66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf936beaa8fba4abb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra35be1f5a7e94f2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15652040f5064c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda0472249a1f4534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra35be1f5a7e94f2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc061673752244ccd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15652040f5064c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Pan American Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505583331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...236 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,350</x:t>
-[...75 lines deleted...]
-          <x:t>97,120</x:t>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,860</x:t>
-[...220 lines deleted...]
-          <x:t>101,595</x:t>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>