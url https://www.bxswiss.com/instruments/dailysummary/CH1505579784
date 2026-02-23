--- v0 (2026-02-02)
+++ v1 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc15defb0c1714438" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra85c463f6c9044c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f7410d2e324d40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a8e490537c54f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc693f17babe47f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f7410d2e324d40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc33232ba1f704868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a8e490537c54f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505579784</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,141 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -423,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>