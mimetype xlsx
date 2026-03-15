--- v1 (2026-02-23)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra85c463f6c9044c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bbe98eaa6d84e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a8e490537c54f73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60d32ed6c8574e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc33232ba1f704868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a8e490537c54f73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1dac5ade7a4268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60d32ed6c8574e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505579784</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>98,630</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>98,720</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...140 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,120</x:t>
-[...117 lines deleted...]
-          <x:t>98,710</x:t>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>