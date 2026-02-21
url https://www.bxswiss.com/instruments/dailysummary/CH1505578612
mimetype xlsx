--- v0 (2026-01-31)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a7b3156ec514c43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f1dc2af68034711" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543b94fc989d4e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10090f918c5f4bc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc0cf675979b41fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543b94fc989d4e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb1d74b36601490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10090f918c5f4bc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.45% p.a. Multi Barrier Reverse Convertible on AMD, Broadcom, Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505578612</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,372 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...91 lines deleted...]
-          <x:t>100,575</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,140</x:t>
-[...107 lines deleted...]
-          <x:t>101,520</x:t>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,720</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>100,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>