--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f1dc2af68034711" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11896dd9d6ca4941" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10090f918c5f4bc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd27cb0a0913b4ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb1d74b36601490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10090f918c5f4bc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dcf4470953b4cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd27cb0a0913b4ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.45% p.a. Multi Barrier Reverse Convertible on AMD, Broadcom, Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505578612</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>99,400</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,925</x:t>
-[...166 lines deleted...]
-          <x:t>98,270</x:t>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...41 lines deleted...]
-          <x:t>97,805</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>97,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>