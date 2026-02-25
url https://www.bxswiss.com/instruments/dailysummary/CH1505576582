--- v0 (2026-02-05)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcebed9b98db4c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8bf3f2a419a4ae4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fd586e2714442e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57f4bc1f69324a36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda91305961fd4b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fd586e2714442e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b8b095d465488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57f4bc1f69324a36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.40% p.a. Barrier Reverse Convertible on Pan American Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505576582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...114 lines deleted...]
-          <x:t>98,050</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,050</x:t>
-[...80 lines deleted...]
-          <x:t>98,770</x:t>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,715</x:t>
-[...198 lines deleted...]
-          <x:t>97,140</x:t>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>