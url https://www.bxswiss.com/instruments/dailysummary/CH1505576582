--- v1 (2026-02-25)
+++ v2 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8bf3f2a419a4ae4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Race6e89f079d44b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57f4bc1f69324a36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80cf93b104fc461a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b8b095d465488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57f4bc1f69324a36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b8c0c6c5b3400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80cf93b104fc461a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.40% p.a. Barrier Reverse Convertible on Pan American Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505576582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,715</x:t>
-[...4 lines deleted...]
-          <x:t>100,510</x:t>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>98,740</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>101,990</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>