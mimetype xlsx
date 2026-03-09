--- v0 (2026-02-17)
+++ v1 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a975e0eb544dd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b7805a8d04d48c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb67980e83e834283"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95d19b8acfd34e48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re50045393fa24b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb67980e83e834283" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec56414bbc34578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95d19b8acfd34e48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on ASML</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505576566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>101,095</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,935</x:t>
-[...38 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,645</x:t>
-[...377 lines deleted...]
-          <x:t>101,575</x:t>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,575</x:t>
-[...134 lines deleted...]
-          <x:t>101,315</x:t>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>