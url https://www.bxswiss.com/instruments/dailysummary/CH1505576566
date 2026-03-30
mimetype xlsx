--- v1 (2026-03-09)
+++ v2 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b7805a8d04d48c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra89f13aeec954ce7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95d19b8acfd34e48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R817b39478efe4588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec56414bbc34578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95d19b8acfd34e48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1b5acfc6d93405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R817b39478efe4588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on ASML</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1505576566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...58 lines deleted...]
-          <x:t>101,515</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,575</x:t>
-[...394 lines deleted...]
-          <x:t>101,575</x:t>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>99,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>